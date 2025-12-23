--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -137,51 +137,51 @@
   <si>
     <t>SICOMINES, LA SINO-CONGOLAISE DES MINES SA</t>
   </si>
   <si>
     <t>DOT SACIM</t>
   </si>
   <si>
     <t>SOCIETE ANHUI CONGO D'INVESTISSEMENT MINIER</t>
   </si>
   <si>
     <t>DOT TENKE FUNGURUME</t>
   </si>
   <si>
     <t>TENKE FUNGURUME MINING</t>
   </si>
   <si>
     <t>DOT METAL MINES</t>
   </si>
   <si>
     <t>METAL MINES SARL</t>
   </si>
   <si>
     <t>DOT KIMIN</t>
   </si>
   <si>
-    <t>KISANFU MINING SPRL</t>
+    <t>KISANFU MINING SARL</t>
   </si>
   <si>
     <t>DOT COMILU</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE LUISHA</t>
   </si>
   <si>
     <t>DOT HMC</t>
   </si>
   <si>
     <t>HANRUI METAL CONGO1 SARL</t>
   </si>
   <si>
     <t>DOT KICC</t>
   </si>
   <si>
     <t>KINSENDA COPPER COMPANY SA</t>
   </si>
   <si>
     <t>DOT CDM</t>
   </si>
   <si>
     <t>CONGO DONG</t>
   </si>
@@ -251,51 +251,51 @@
   <si>
     <t>CNMC CONGO COMPAGNIE MINIERE SARL</t>
   </si>
   <si>
     <t>DOT FRONTIER</t>
   </si>
   <si>
     <t>FRONTIER S.A</t>
   </si>
   <si>
     <t>DOT HML</t>
   </si>
   <si>
     <t>HUACHIN METAL LEACH SA</t>
   </si>
   <si>
     <t>DOT CCR</t>
   </si>
   <si>
     <t>CHENGTUN CONGO RESSOURCES</t>
   </si>
   <si>
     <t>DOT GOLDEN AFRICA</t>
   </si>
   <si>
-    <t>GOLDEN AFRICAN RESSOURCES SARL "GAR SARL"</t>
+    <t>GOLDEN AFRICAN RESSOURCES SARL</t>
   </si>
   <si>
     <t>DOT BOSS MINING</t>
   </si>
   <si>
     <t>BOSS MINING SARL</t>
   </si>
   <si>
     <t>DOT CHEMAF</t>
   </si>
   <si>
     <t>CHEMAF KATANGA MINING SPRL</t>
   </si>
   <si>
     <t>DOT EXCELEN MINERALS</t>
   </si>
   <si>
     <t>EXCELLEN MINIERALS SARL</t>
   </si>
   <si>
     <t>DOT MKM</t>
   </si>
   <si>
     <t>LA MINIERE DE KALUMBWE MYUNGA</t>
   </si>
@@ -305,51 +305,51 @@
   <si>
     <t>LAMIKAL Sarl</t>
   </si>
   <si>
     <t>DOT DIVINE LAND</t>
   </si>
   <si>
     <t>DIVINE LAND MINING SARL DLT</t>
   </si>
   <si>
     <t>DOT SOMIKA</t>
   </si>
   <si>
     <t>SOMIKA MINING COMPAGNY SARL</t>
   </si>
   <si>
     <t>DOT RUBAMIN</t>
   </si>
   <si>
     <t>RUBAMIN</t>
   </si>
   <si>
     <t>DOT CMOC</t>
   </si>
   <si>
-    <t>CMOC KISANFU MINING S.A.R.L</t>
+    <t>CMOC KISANFU MINING SARL</t>
   </si>
   <si>
     <t>DOT SEK</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION DE KIPOI  S.A</t>
   </si>
   <si>
     <t>DOT NEW MINERALS</t>
   </si>
   <si>
     <t>NEW MINERALS INVESTMENT SARL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>