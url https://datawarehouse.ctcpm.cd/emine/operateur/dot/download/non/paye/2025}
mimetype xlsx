--- v1 (2025-12-23)
+++ v2 (2026-03-03)
@@ -215,105 +215,105 @@
   <si>
     <t>CONGO JIN JU CHENG MINING COMPANY SARL</t>
   </si>
   <si>
     <t>DOT MJM</t>
   </si>
   <si>
     <t>MACROLINK JIAYUAN MINING</t>
   </si>
   <si>
     <t>DOT TCC</t>
   </si>
   <si>
     <t>TENGYAN COBALT COPPER RESSOURCES</t>
   </si>
   <si>
     <t>DOT SOMIDEZ</t>
   </si>
   <si>
     <t>Société Minière de Deziwa et Ecaille</t>
   </si>
   <si>
     <t>DOT THOMAS MINING</t>
   </si>
   <si>
-    <t>THOMAS MINING Sprl</t>
+    <t>THOMAS MINING SARL</t>
   </si>
   <si>
     <t>DOT METALKOL</t>
   </si>
   <si>
-    <t>METALKOL</t>
+    <t>METALKOL SA</t>
   </si>
   <si>
     <t>DOT CNMCC</t>
   </si>
   <si>
     <t>CNMC CONGO COMPAGNIE MINIERE SARL</t>
   </si>
   <si>
     <t>DOT FRONTIER</t>
   </si>
   <si>
     <t>FRONTIER S.A</t>
   </si>
   <si>
     <t>DOT HML</t>
   </si>
   <si>
     <t>HUACHIN METAL LEACH SA</t>
   </si>
   <si>
     <t>DOT CCR</t>
   </si>
   <si>
-    <t>CHENGTUN CONGO RESSOURCES</t>
+    <t>CHENGTUN CONGO RESSOURCES SARL</t>
   </si>
   <si>
     <t>DOT GOLDEN AFRICA</t>
   </si>
   <si>
     <t>GOLDEN AFRICAN RESSOURCES SARL</t>
   </si>
   <si>
     <t>DOT BOSS MINING</t>
   </si>
   <si>
     <t>BOSS MINING SARL</t>
   </si>
   <si>
     <t>DOT CHEMAF</t>
   </si>
   <si>
-    <t>CHEMAF KATANGA MINING SPRL</t>
-[...5 lines deleted...]
-    <t>EXCELLEN MINIERALS SARL</t>
+    <t>CHEMICAL OF AFRICA SA</t>
+  </si>
+  <si>
+    <t>DOT EXCELLEN MINERALS</t>
+  </si>
+  <si>
+    <t>EXCELLEN MINERALS SARL</t>
   </si>
   <si>
     <t>DOT MKM</t>
   </si>
   <si>
     <t>LA MINIERE DE KALUMBWE MYUNGA</t>
   </si>
   <si>
     <t>DOT LAMIKAL</t>
   </si>
   <si>
     <t>LAMIKAL Sarl</t>
   </si>
   <si>
     <t>DOT DIVINE LAND</t>
   </si>
   <si>
     <t>DIVINE LAND MINING SARL DLT</t>
   </si>
   <si>
     <t>DOT SOMIKA</t>
   </si>
   <si>
     <t>SOMIKA MINING COMPAGNY SARL</t>
   </si>
@@ -685,51 +685,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>